--- v0 (2025-10-07)
+++ v1 (2025-11-26)
@@ -1,88 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="10905"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/chyman2/Desktop/ADA:508/Catalog 508/9-10 version/Modified Spreadsheet/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://hccfl-my.sharepoint.com/personal/eanitori_hccfl_edu/Documents/Website/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{26500AF3-99CB-7547-ABBE-B8E8B66B4B2A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="1" documentId="8_{BC8324C6-0163-4E0B-B185-F6F90BEAA312}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{5E223A15-9AAF-4DB7-8A50-548FE2515ECD}"/>
   <bookViews>
-    <workbookView xWindow="2740" yWindow="760" windowWidth="27320" windowHeight="17120" xr2:uid="{C1AF2437-8E9B-4659-94BB-BC286F590223}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="25440" windowHeight="15270" xr2:uid="{C1AF2437-8E9B-4659-94BB-BC286F590223}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="124" uniqueCount="41">
   <si>
-    <t>Diagnostic Medical Sonography Program Effectiveness Data</t>
-[...1 lines deleted...]
-  <si>
     <t>Institution Information</t>
   </si>
   <si>
     <t>Institution Name:</t>
   </si>
   <si>
     <t>Hillsborough Community College</t>
   </si>
   <si>
     <t>Concentrations CAAHEP Accredited:</t>
   </si>
   <si>
     <t>Abdominal-Extended, Obstetrics &amp; Gynecology and Adult Cardiac</t>
   </si>
   <si>
     <t xml:space="preserve">Student Retention:  </t>
   </si>
   <si>
     <t>Total # of Graduates/Total # of Students Enrolled</t>
   </si>
   <si>
     <t>Cohort Number and/or Track Name</t>
   </si>
   <si>
     <t>3-Year Average Retention Rate</t>
@@ -161,50 +158,53 @@
   </si>
   <si>
     <t>1. AE</t>
   </si>
   <si>
     <t>RDCS(AE) or RCS</t>
   </si>
   <si>
     <t># earners:</t>
   </si>
   <si>
     <t>:# Test 
 Takers</t>
   </si>
   <si>
     <t>2. AB</t>
   </si>
   <si>
     <t>RDMS(AB)</t>
   </si>
   <si>
     <t>2. OB/GYN</t>
   </si>
   <si>
     <t>RDMS(OBGYN) or RT(S)</t>
+  </si>
+  <si>
+    <t>Diagnostic Medical Sonography Program Effectiveness Data</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
@@ -1385,1418 +1385,1412 @@
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{92D80C52-EB0C-4A80-BCB3-B3DFC61C2CCF}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:V37"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
-    <row r="1" spans="1:22" ht="19" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:22" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A1" s="112" t="s">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="B1" s="112"/>
       <c r="C1" s="112"/>
       <c r="D1" s="112"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
       <c r="S1" s="1"/>
       <c r="T1" s="1"/>
       <c r="U1" s="1"/>
       <c r="V1" s="1"/>
     </row>
-    <row r="2" spans="1:22" ht="19" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:22" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A2" s="1"/>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
     </row>
-    <row r="3" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
       <c r="E3" s="4"/>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
       <c r="H3" s="4"/>
       <c r="I3" s="4"/>
       <c r="J3" s="4"/>
       <c r="K3" s="4"/>
       <c r="L3" s="4"/>
       <c r="M3" s="4"/>
       <c r="N3" s="4"/>
       <c r="O3" s="4"/>
       <c r="P3" s="4"/>
       <c r="Q3" s="4"/>
       <c r="R3" s="4"/>
       <c r="S3" s="4"/>
       <c r="T3" s="4"/>
       <c r="U3" s="4"/>
       <c r="V3" s="5"/>
     </row>
-    <row r="4" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A4" s="6" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
       <c r="D4" s="8"/>
       <c r="E4" s="10"/>
       <c r="F4" s="10"/>
       <c r="G4" s="10"/>
       <c r="H4" s="10"/>
       <c r="I4" s="10"/>
       <c r="J4" s="9" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K4" s="10"/>
       <c r="L4" s="10"/>
       <c r="M4" s="10"/>
       <c r="N4" s="10"/>
       <c r="O4" s="10"/>
       <c r="P4" s="10"/>
       <c r="Q4" s="10"/>
       <c r="R4" s="10"/>
       <c r="S4" s="10"/>
       <c r="T4" s="10"/>
       <c r="U4" s="10"/>
       <c r="V4" s="11"/>
     </row>
-    <row r="5" spans="1:22" ht="16" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="12" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="B5" s="13"/>
       <c r="C5" s="13"/>
       <c r="D5" s="14"/>
       <c r="E5" s="16"/>
       <c r="F5" s="16"/>
       <c r="G5" s="16"/>
       <c r="H5" s="16"/>
       <c r="I5" s="16"/>
       <c r="J5" s="15" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="K5" s="16"/>
       <c r="L5" s="16"/>
       <c r="M5" s="16"/>
       <c r="N5" s="16"/>
       <c r="O5" s="16"/>
       <c r="P5" s="16"/>
       <c r="Q5" s="16"/>
       <c r="R5" s="16"/>
       <c r="S5" s="16"/>
       <c r="T5" s="16"/>
       <c r="U5" s="16"/>
       <c r="V5" s="17"/>
     </row>
-    <row r="6" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A6" s="18"/>
       <c r="B6" s="18"/>
       <c r="C6" s="18"/>
       <c r="D6" s="18"/>
       <c r="E6" s="18"/>
       <c r="F6" s="18"/>
       <c r="G6" s="20"/>
       <c r="H6" s="18"/>
       <c r="I6" s="19"/>
       <c r="J6" s="19"/>
       <c r="K6" s="18"/>
       <c r="L6" s="20"/>
       <c r="M6" s="18"/>
       <c r="N6" s="18"/>
       <c r="O6" s="18"/>
       <c r="P6" s="18"/>
       <c r="Q6" s="20"/>
       <c r="R6" s="18"/>
       <c r="S6" s="18"/>
       <c r="T6" s="19"/>
       <c r="U6" s="21"/>
       <c r="V6" s="22"/>
     </row>
-    <row r="7" spans="1:22" ht="16" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A7" s="23" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B7" s="24"/>
       <c r="C7" s="25"/>
       <c r="D7" s="25"/>
       <c r="E7" s="25"/>
       <c r="F7" s="25"/>
       <c r="G7" s="25"/>
       <c r="H7" s="25"/>
       <c r="I7" s="25"/>
       <c r="J7" s="25"/>
       <c r="K7" s="25"/>
       <c r="L7" s="25"/>
       <c r="M7" s="25"/>
       <c r="N7" s="25" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="O7" s="25"/>
       <c r="P7" s="25"/>
       <c r="Q7" s="25"/>
       <c r="R7" s="25"/>
       <c r="S7" s="25"/>
       <c r="T7" s="25"/>
       <c r="U7" s="25"/>
       <c r="V7" s="26"/>
     </row>
-    <row r="8" spans="1:22" ht="62" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:22" ht="55.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="27" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B8" s="28"/>
       <c r="C8" s="28"/>
       <c r="D8" s="29"/>
       <c r="E8" s="30">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="F8" s="31"/>
       <c r="G8" s="31"/>
       <c r="H8" s="31"/>
       <c r="I8" s="32"/>
       <c r="J8" s="30">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="K8" s="31"/>
       <c r="L8" s="31"/>
       <c r="M8" s="31"/>
       <c r="N8" s="32"/>
       <c r="O8" s="30">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="P8" s="31"/>
       <c r="Q8" s="31"/>
       <c r="R8" s="31"/>
       <c r="S8" s="32"/>
       <c r="T8" s="33" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="U8" s="34"/>
       <c r="V8" s="35"/>
     </row>
-    <row r="9" spans="1:22" ht="16" thickTop="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:22" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A9" s="36" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B9" s="37"/>
       <c r="C9" s="37"/>
       <c r="D9" s="38"/>
       <c r="E9" s="39" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F9" s="40">
         <v>12</v>
       </c>
       <c r="G9" s="41"/>
       <c r="H9" s="42">
         <v>14</v>
       </c>
       <c r="I9" s="43" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="J9" s="39" t="s">
+        <v>10</v>
+      </c>
+      <c r="K9" s="40">
         <v>11</v>
       </c>
-      <c r="K9" s="40">
-[...1 lines deleted...]
-      </c>
       <c r="L9" s="41">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="M9" s="42"/>
       <c r="N9" s="43" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="O9" s="39" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="P9" s="40">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="Q9" s="41"/>
       <c r="R9" s="42">
         <v>14</v>
       </c>
       <c r="S9" s="43" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="T9" s="44"/>
       <c r="U9" s="45"/>
       <c r="V9" s="46"/>
     </row>
-    <row r="10" spans="1:22" ht="16" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="47"/>
       <c r="B10" s="48"/>
       <c r="C10" s="48"/>
       <c r="D10" s="49"/>
       <c r="E10" s="55"/>
       <c r="F10" s="51"/>
       <c r="G10" s="52">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="H10" s="53" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I10" s="57"/>
       <c r="J10" s="50"/>
       <c r="K10" s="51"/>
       <c r="L10" s="52">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="M10" s="53" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="N10" s="54"/>
       <c r="O10" s="55"/>
       <c r="P10" s="56"/>
       <c r="Q10" s="52">
-        <v>79</v>
+        <v>71</v>
       </c>
       <c r="R10" s="53" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="S10" s="54"/>
       <c r="T10" s="58"/>
       <c r="U10" s="59">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="V10" s="60" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="11" spans="1:22" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="36" t="s">
         <v>13</v>
-      </c>
-[...3 lines deleted...]
-        <v>14</v>
       </c>
       <c r="B11" s="37"/>
       <c r="C11" s="37"/>
       <c r="D11" s="38"/>
       <c r="E11" s="39" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F11" s="40">
         <v>19</v>
       </c>
       <c r="G11" s="41"/>
       <c r="H11" s="42">
         <v>22</v>
       </c>
       <c r="I11" s="43" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="J11" s="39" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="K11" s="40">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="L11" s="41"/>
       <c r="M11" s="42">
         <v>22</v>
       </c>
       <c r="N11" s="43" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="O11" s="39" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="P11" s="40">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="Q11" s="41"/>
       <c r="R11" s="42">
         <v>22</v>
       </c>
       <c r="S11" s="43" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="T11" s="44"/>
       <c r="U11" s="45"/>
       <c r="V11" s="46"/>
     </row>
-    <row r="12" spans="1:22" ht="16" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="51"/>
       <c r="B12" s="61"/>
       <c r="C12" s="61"/>
       <c r="D12" s="53"/>
       <c r="E12" s="55"/>
       <c r="F12" s="51"/>
       <c r="G12" s="52">
         <v>82</v>
       </c>
       <c r="H12" s="53" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I12" s="57"/>
       <c r="J12" s="50"/>
       <c r="K12" s="51"/>
       <c r="L12" s="52">
-        <v>68</v>
+        <v>82</v>
       </c>
       <c r="M12" s="53" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="N12" s="54"/>
       <c r="O12" s="55"/>
       <c r="P12" s="56"/>
       <c r="Q12" s="52">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="R12" s="53" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="S12" s="54"/>
       <c r="T12" s="58"/>
       <c r="U12" s="59">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="V12" s="60" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:22" x14ac:dyDescent="0.2">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="13" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A13" s="18"/>
       <c r="B13" s="18"/>
       <c r="C13" s="18"/>
       <c r="D13" s="18"/>
       <c r="E13" s="18"/>
       <c r="F13" s="18"/>
       <c r="G13" s="20"/>
       <c r="H13" s="18"/>
       <c r="I13" s="19"/>
       <c r="J13" s="19"/>
       <c r="K13" s="18"/>
       <c r="L13" s="20"/>
       <c r="M13" s="18"/>
       <c r="N13" s="18"/>
       <c r="O13" s="18"/>
       <c r="P13" s="18"/>
       <c r="Q13" s="20"/>
       <c r="R13" s="18"/>
       <c r="S13" s="18"/>
       <c r="T13" s="19"/>
       <c r="U13" s="21"/>
       <c r="V13" s="22"/>
     </row>
-    <row r="14" spans="1:22" ht="16" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A14" s="25" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B14" s="24"/>
       <c r="C14" s="25"/>
       <c r="D14" s="25"/>
       <c r="E14" s="25"/>
       <c r="F14" s="25"/>
       <c r="G14" s="25"/>
       <c r="H14" s="25"/>
       <c r="I14" s="25"/>
       <c r="J14" s="25"/>
       <c r="K14" s="25"/>
       <c r="L14" s="25"/>
       <c r="M14" s="25"/>
       <c r="N14" s="25" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="O14" s="25"/>
       <c r="P14" s="25"/>
       <c r="Q14" s="25"/>
       <c r="R14" s="25"/>
       <c r="S14" s="25"/>
       <c r="T14" s="25"/>
       <c r="U14" s="25"/>
       <c r="V14" s="26"/>
     </row>
-    <row r="15" spans="1:22" ht="77" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:22" ht="69" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="27" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B15" s="28"/>
       <c r="C15" s="28"/>
       <c r="D15" s="29"/>
       <c r="E15" s="30">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="F15" s="31"/>
       <c r="G15" s="31"/>
       <c r="H15" s="31"/>
       <c r="I15" s="32"/>
       <c r="J15" s="30">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="K15" s="31"/>
       <c r="L15" s="31"/>
       <c r="M15" s="31"/>
       <c r="N15" s="32"/>
       <c r="O15" s="30">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="P15" s="31"/>
       <c r="Q15" s="31"/>
       <c r="R15" s="31"/>
       <c r="S15" s="32"/>
       <c r="T15" s="33" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="U15" s="34"/>
       <c r="V15" s="35"/>
     </row>
-    <row r="16" spans="1:22" ht="31" thickTop="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:22" ht="27.75" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A16" s="36" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B16" s="37"/>
       <c r="C16" s="37"/>
       <c r="D16" s="38"/>
       <c r="E16" s="39" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F16" s="40">
         <v>12</v>
       </c>
       <c r="G16" s="41"/>
       <c r="H16" s="42">
         <v>12</v>
       </c>
       <c r="I16" s="43" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="J16" s="39" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K16" s="40">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="L16" s="41"/>
       <c r="M16" s="62">
+        <v>11</v>
+      </c>
+      <c r="N16" s="43" t="s">
+        <v>18</v>
+      </c>
+      <c r="O16" s="39" t="s">
+        <v>17</v>
+      </c>
+      <c r="P16" s="40">
         <v>10</v>
-      </c>
-[...7 lines deleted...]
-        <v>11</v>
       </c>
       <c r="Q16" s="41"/>
       <c r="R16" s="42">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="S16" s="43" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="T16" s="44"/>
       <c r="U16" s="45"/>
       <c r="V16" s="46"/>
     </row>
-    <row r="17" spans="1:22" ht="16" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="47"/>
       <c r="B17" s="48"/>
       <c r="C17" s="48"/>
       <c r="D17" s="49"/>
       <c r="E17" s="55"/>
       <c r="F17" s="51"/>
       <c r="G17" s="52">
         <v>100</v>
       </c>
       <c r="H17" s="53" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I17" s="57"/>
       <c r="J17" s="50"/>
       <c r="K17" s="51"/>
       <c r="L17" s="52">
         <v>100</v>
       </c>
       <c r="M17" s="53" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="N17" s="54"/>
       <c r="O17" s="55"/>
       <c r="P17" s="51"/>
       <c r="Q17" s="52">
         <v>100</v>
       </c>
       <c r="R17" s="53" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="S17" s="54"/>
       <c r="T17" s="58"/>
       <c r="U17" s="63">
         <v>100</v>
       </c>
       <c r="V17" s="60" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="18" spans="1:22" ht="27.75" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="36" t="s">
         <v>13</v>
-      </c>
-[...3 lines deleted...]
-        <v>14</v>
       </c>
       <c r="B18" s="37"/>
       <c r="C18" s="37"/>
       <c r="D18" s="38"/>
       <c r="E18" s="39" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F18" s="40">
         <v>19</v>
       </c>
       <c r="G18" s="41"/>
       <c r="H18" s="42">
         <v>19</v>
       </c>
       <c r="I18" s="43" t="s">
+        <v>18</v>
+      </c>
+      <c r="J18" s="39" t="s">
+        <v>17</v>
+      </c>
+      <c r="K18" s="40">
         <v>19</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
       <c r="L18" s="41"/>
       <c r="M18" s="62">
+        <v>19</v>
+      </c>
+      <c r="N18" s="43" t="s">
+        <v>18</v>
+      </c>
+      <c r="O18" s="39" t="s">
+        <v>17</v>
+      </c>
+      <c r="P18" s="40">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>16</v>
       </c>
       <c r="Q18" s="41"/>
       <c r="R18" s="42">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="S18" s="43" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="T18" s="44"/>
       <c r="U18" s="45"/>
       <c r="V18" s="46"/>
     </row>
-    <row r="19" spans="1:22" ht="16" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A19" s="51"/>
       <c r="B19" s="61"/>
       <c r="C19" s="61"/>
       <c r="D19" s="53"/>
       <c r="E19" s="55"/>
       <c r="F19" s="51"/>
       <c r="G19" s="52">
         <v>100</v>
       </c>
       <c r="H19" s="53" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I19" s="57"/>
       <c r="J19" s="50"/>
       <c r="K19" s="51"/>
       <c r="L19" s="52">
         <v>100</v>
       </c>
       <c r="M19" s="53" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="N19" s="54"/>
       <c r="O19" s="55"/>
       <c r="P19" s="51"/>
       <c r="Q19" s="52">
         <v>100</v>
       </c>
       <c r="R19" s="53" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="S19" s="54"/>
       <c r="T19" s="58"/>
       <c r="U19" s="63">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="V19" s="60" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:22" x14ac:dyDescent="0.2">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="20" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A20" s="18"/>
       <c r="B20" s="18"/>
       <c r="C20" s="18"/>
       <c r="D20" s="18"/>
       <c r="E20" s="18"/>
       <c r="F20" s="18"/>
       <c r="G20" s="20"/>
       <c r="H20" s="18"/>
       <c r="I20" s="19"/>
       <c r="J20" s="19"/>
       <c r="K20" s="18"/>
       <c r="L20" s="20"/>
       <c r="M20" s="18"/>
       <c r="N20" s="18"/>
       <c r="O20" s="18"/>
       <c r="P20" s="18"/>
       <c r="Q20" s="20"/>
       <c r="R20" s="18"/>
       <c r="S20" s="18"/>
       <c r="T20" s="19"/>
       <c r="U20" s="21"/>
       <c r="V20" s="22"/>
     </row>
-    <row r="21" spans="1:22" ht="16" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="25" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B21" s="24"/>
       <c r="C21" s="25"/>
       <c r="D21" s="25"/>
       <c r="E21" s="25"/>
       <c r="F21" s="25"/>
       <c r="G21" s="25"/>
       <c r="H21" s="25"/>
       <c r="I21" s="25"/>
       <c r="J21" s="25"/>
       <c r="K21" s="25"/>
       <c r="L21" s="25"/>
       <c r="M21" s="25"/>
       <c r="N21" s="25" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="O21" s="25"/>
       <c r="P21" s="25"/>
       <c r="Q21" s="25"/>
       <c r="R21" s="25"/>
       <c r="S21" s="25"/>
       <c r="T21" s="25"/>
       <c r="U21" s="25"/>
       <c r="V21" s="26"/>
     </row>
-    <row r="22" spans="1:22" ht="17" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:22" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="64" t="s">
+        <v>21</v>
+      </c>
+      <c r="B22" s="30" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="C22" s="31"/>
       <c r="D22" s="31"/>
       <c r="E22" s="65">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="F22" s="65"/>
       <c r="G22" s="65"/>
       <c r="H22" s="65"/>
       <c r="I22" s="65"/>
       <c r="J22" s="65"/>
       <c r="K22" s="65"/>
       <c r="L22" s="65">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="M22" s="65"/>
       <c r="N22" s="66"/>
       <c r="O22" s="67"/>
       <c r="P22" s="68"/>
       <c r="Q22" s="68"/>
       <c r="R22" s="68"/>
       <c r="S22" s="69"/>
       <c r="T22" s="65"/>
       <c r="U22" s="65"/>
       <c r="V22" s="70"/>
     </row>
-    <row r="23" spans="1:22" ht="31" thickTop="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:22" ht="27.75" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A23" s="71">
         <v>1</v>
       </c>
       <c r="B23" s="72" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C23" s="73"/>
       <c r="D23" s="74"/>
       <c r="E23" s="75" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F23" s="76">
         <v>12</v>
       </c>
-      <c r="G23" s="41">
+      <c r="G23" s="41"/>
+      <c r="H23" s="62">
+        <v>12</v>
+      </c>
+      <c r="I23" s="43" t="s">
+        <v>18</v>
+      </c>
+      <c r="J23" s="75" t="s">
+        <v>24</v>
+      </c>
+      <c r="K23" s="76">
         <v>11</v>
       </c>
-      <c r="H23" s="62">
-[...10 lines deleted...]
-      </c>
       <c r="L23" s="41">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="M23" s="62"/>
       <c r="N23" s="43" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="O23" s="77"/>
       <c r="P23" s="78"/>
       <c r="Q23" s="78"/>
       <c r="R23" s="78"/>
       <c r="S23" s="79"/>
       <c r="T23" s="80"/>
       <c r="U23" s="80"/>
       <c r="V23" s="81"/>
     </row>
-    <row r="24" spans="1:22" ht="16" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" s="82"/>
       <c r="B24" s="56"/>
       <c r="C24" s="83"/>
       <c r="D24" s="84"/>
       <c r="E24" s="85"/>
       <c r="F24" s="51"/>
       <c r="G24" s="52">
         <v>100</v>
       </c>
       <c r="H24" s="53" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I24" s="54"/>
       <c r="J24" s="85"/>
       <c r="K24" s="51"/>
       <c r="L24" s="52">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="M24" s="53" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="N24" s="54"/>
       <c r="O24" s="77"/>
       <c r="P24" s="78"/>
       <c r="Q24" s="78"/>
       <c r="R24" s="78"/>
       <c r="S24" s="79"/>
       <c r="T24" s="86"/>
       <c r="U24" s="86"/>
       <c r="V24" s="57"/>
     </row>
-    <row r="25" spans="1:22" ht="30" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:22" ht="27" x14ac:dyDescent="0.25">
       <c r="A25" s="87">
         <v>2</v>
       </c>
       <c r="B25" s="88" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C25" s="89"/>
       <c r="D25" s="90"/>
       <c r="E25" s="91" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F25" s="92">
         <v>19</v>
       </c>
       <c r="G25" s="93"/>
       <c r="H25" s="94">
         <v>19</v>
       </c>
       <c r="I25" s="95" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="J25" s="91" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="K25" s="92">
-        <v>15</v>
-[...4 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="L25" s="93">
+        <v>18</v>
+      </c>
+      <c r="M25" s="94"/>
       <c r="N25" s="95" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="O25" s="77"/>
       <c r="P25" s="78"/>
       <c r="Q25" s="78"/>
       <c r="R25" s="78"/>
       <c r="S25" s="79"/>
       <c r="T25" s="96"/>
       <c r="U25" s="96"/>
       <c r="V25" s="97"/>
     </row>
-    <row r="26" spans="1:22" ht="16" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="82"/>
       <c r="B26" s="56"/>
       <c r="C26" s="83"/>
       <c r="D26" s="84"/>
       <c r="E26" s="85"/>
       <c r="F26" s="51"/>
       <c r="G26" s="52">
         <v>100</v>
       </c>
       <c r="H26" s="53" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I26" s="54"/>
       <c r="J26" s="85"/>
       <c r="K26" s="51"/>
       <c r="L26" s="52">
         <v>100</v>
       </c>
       <c r="M26" s="53" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="N26" s="54"/>
       <c r="O26" s="77"/>
       <c r="P26" s="78"/>
       <c r="Q26" s="78"/>
       <c r="R26" s="78"/>
       <c r="S26" s="79"/>
       <c r="T26" s="86"/>
       <c r="U26" s="86"/>
       <c r="V26" s="57"/>
     </row>
-    <row r="27" spans="1:22" ht="30" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:22" ht="27" x14ac:dyDescent="0.25">
       <c r="A27" s="87">
         <v>2</v>
       </c>
       <c r="B27" s="88" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C27" s="89"/>
       <c r="D27" s="90"/>
       <c r="E27" s="91" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F27" s="92">
         <v>19</v>
       </c>
-      <c r="G27" s="93">
-[...1 lines deleted...]
-      </c>
+      <c r="G27" s="93"/>
       <c r="H27" s="94">
         <v>19</v>
       </c>
       <c r="I27" s="95" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="J27" s="91" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="K27" s="92">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="L27" s="93">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="M27" s="94"/>
       <c r="N27" s="95" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="O27" s="77"/>
       <c r="P27" s="78"/>
       <c r="Q27" s="78"/>
       <c r="R27" s="78"/>
       <c r="S27" s="79"/>
       <c r="T27" s="96"/>
       <c r="U27" s="96"/>
       <c r="V27" s="97"/>
     </row>
-    <row r="28" spans="1:22" ht="16" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="82"/>
       <c r="B28" s="56"/>
       <c r="C28" s="83"/>
       <c r="D28" s="84"/>
       <c r="E28" s="85"/>
       <c r="F28" s="51"/>
       <c r="G28" s="52">
         <v>100</v>
       </c>
       <c r="H28" s="53" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I28" s="54"/>
       <c r="J28" s="85"/>
       <c r="K28" s="51"/>
       <c r="L28" s="52">
         <v>100</v>
       </c>
       <c r="M28" s="53" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="N28" s="54"/>
       <c r="O28" s="77"/>
       <c r="P28" s="78"/>
       <c r="Q28" s="78"/>
       <c r="R28" s="78"/>
       <c r="S28" s="79"/>
       <c r="T28" s="86"/>
       <c r="U28" s="86"/>
       <c r="V28" s="57"/>
     </row>
-    <row r="29" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A29" s="18"/>
       <c r="B29" s="18"/>
       <c r="C29" s="18"/>
       <c r="D29" s="18"/>
       <c r="E29" s="18"/>
       <c r="F29" s="18"/>
       <c r="G29" s="20"/>
       <c r="H29" s="18"/>
       <c r="I29" s="19"/>
       <c r="J29" s="19"/>
       <c r="K29" s="18"/>
       <c r="L29" s="20"/>
       <c r="M29" s="18"/>
       <c r="N29" s="18"/>
       <c r="O29" s="18"/>
       <c r="P29" s="18"/>
       <c r="Q29" s="20"/>
       <c r="R29" s="18"/>
       <c r="S29" s="18"/>
       <c r="T29" s="19"/>
       <c r="U29" s="21"/>
       <c r="V29" s="22"/>
     </row>
-    <row r="30" spans="1:22" ht="16" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="23" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B30" s="24"/>
       <c r="C30" s="25"/>
       <c r="D30" s="25"/>
       <c r="E30" s="25"/>
       <c r="F30" s="25"/>
       <c r="G30" s="25"/>
       <c r="H30" s="25"/>
       <c r="I30" s="25"/>
       <c r="J30" s="25"/>
       <c r="K30" s="25"/>
       <c r="L30" s="25"/>
       <c r="M30" s="25"/>
       <c r="N30" s="25" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="O30" s="25"/>
       <c r="P30" s="25"/>
       <c r="Q30" s="25"/>
       <c r="R30" s="25"/>
       <c r="S30" s="25"/>
       <c r="T30" s="25"/>
       <c r="U30" s="25"/>
       <c r="V30" s="26"/>
     </row>
-    <row r="31" spans="1:22" ht="62" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:22" ht="55.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="98" t="s">
+        <v>29</v>
+      </c>
+      <c r="B31" s="99" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C31" s="100"/>
       <c r="D31" s="101"/>
       <c r="E31" s="30">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="F31" s="31"/>
       <c r="G31" s="31"/>
       <c r="H31" s="31"/>
       <c r="I31" s="32"/>
       <c r="J31" s="30">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="K31" s="31"/>
       <c r="L31" s="31"/>
       <c r="M31" s="31"/>
       <c r="N31" s="32"/>
       <c r="O31" s="30">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="P31" s="31"/>
       <c r="Q31" s="31"/>
       <c r="R31" s="31"/>
       <c r="S31" s="32"/>
       <c r="T31" s="33" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="U31" s="34"/>
       <c r="V31" s="35"/>
     </row>
-    <row r="32" spans="1:22" ht="31" thickTop="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:22" ht="27.75" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A32" s="71" t="s">
+        <v>32</v>
+      </c>
+      <c r="B32" s="72" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="C32" s="73"/>
       <c r="D32" s="74"/>
       <c r="E32" s="39" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F32" s="76">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="G32" s="41"/>
       <c r="H32" s="62">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="I32" s="102" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="J32" s="39" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="K32" s="40">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="L32" s="41"/>
       <c r="M32" s="42">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="N32" s="102" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="O32" s="39" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="P32" s="76">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="Q32" s="41"/>
       <c r="R32" s="62">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="S32" s="102" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="T32" s="44"/>
       <c r="U32" s="45"/>
       <c r="V32" s="46"/>
     </row>
-    <row r="33" spans="1:22" ht="16" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="82"/>
       <c r="B33" s="56"/>
       <c r="C33" s="83"/>
       <c r="D33" s="84"/>
       <c r="E33" s="55"/>
       <c r="F33" s="51"/>
       <c r="G33" s="52">
         <v>100</v>
       </c>
       <c r="H33" s="53" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I33" s="57"/>
       <c r="J33" s="50"/>
       <c r="K33" s="51"/>
       <c r="L33" s="52">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="M33" s="53" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="N33" s="54"/>
       <c r="O33" s="55"/>
       <c r="P33" s="51"/>
       <c r="Q33" s="52">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="R33" s="53" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="S33" s="54"/>
       <c r="T33" s="58"/>
       <c r="U33" s="59">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="V33" s="60" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:22" ht="30" x14ac:dyDescent="0.2">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="34" spans="1:22" ht="27" x14ac:dyDescent="0.25">
       <c r="A34" s="87" t="s">
+        <v>36</v>
+      </c>
+      <c r="B34" s="88" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="C34" s="89"/>
       <c r="D34" s="90"/>
       <c r="E34" s="103" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F34" s="108">
         <v>19</v>
       </c>
       <c r="G34" s="105"/>
       <c r="H34" s="106">
         <v>19</v>
       </c>
       <c r="I34" s="107" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="J34" s="103" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="K34" s="104">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="L34" s="105"/>
       <c r="M34" s="106">
+        <v>18</v>
+      </c>
+      <c r="N34" s="107" t="s">
+        <v>35</v>
+      </c>
+      <c r="O34" s="103" t="s">
+        <v>34</v>
+      </c>
+      <c r="P34" s="108">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>16</v>
       </c>
       <c r="Q34" s="105"/>
       <c r="R34" s="106">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="S34" s="107" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="T34" s="109"/>
       <c r="U34" s="110"/>
       <c r="V34" s="111"/>
     </row>
-    <row r="35" spans="1:22" ht="16" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A35" s="82"/>
       <c r="B35" s="56"/>
       <c r="C35" s="83"/>
       <c r="D35" s="84"/>
       <c r="E35" s="55"/>
       <c r="F35" s="51"/>
       <c r="G35" s="52">
         <v>100</v>
       </c>
       <c r="H35" s="53" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I35" s="57"/>
       <c r="J35" s="50"/>
       <c r="K35" s="51"/>
       <c r="L35" s="52">
         <v>100</v>
       </c>
       <c r="M35" s="53" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="N35" s="54"/>
       <c r="O35" s="55"/>
       <c r="P35" s="51"/>
       <c r="Q35" s="52">
         <v>100</v>
       </c>
       <c r="R35" s="53" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="S35" s="54"/>
       <c r="T35" s="58"/>
       <c r="U35" s="63">
         <v>100</v>
       </c>
       <c r="V35" s="60" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:22" ht="30" x14ac:dyDescent="0.2">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="36" spans="1:22" ht="27" x14ac:dyDescent="0.25">
       <c r="A36" s="87" t="s">
+        <v>38</v>
+      </c>
+      <c r="B36" s="88" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="C36" s="89"/>
       <c r="D36" s="90"/>
       <c r="E36" s="103" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F36" s="108">
         <v>19</v>
       </c>
       <c r="G36" s="105"/>
       <c r="H36" s="106">
         <v>19</v>
       </c>
       <c r="I36" s="107" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="J36" s="103" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="K36" s="104">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="L36" s="105"/>
       <c r="M36" s="106">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="N36" s="107" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="O36" s="103" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="P36" s="108">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="Q36" s="105"/>
       <c r="R36" s="106">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="S36" s="107" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="T36" s="109"/>
       <c r="U36" s="110"/>
       <c r="V36" s="111"/>
     </row>
-    <row r="37" spans="1:22" ht="16" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A37" s="82"/>
       <c r="B37" s="56"/>
       <c r="C37" s="83"/>
       <c r="D37" s="84"/>
       <c r="E37" s="55"/>
       <c r="F37" s="51"/>
       <c r="G37" s="52">
         <v>100</v>
       </c>
       <c r="H37" s="53" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I37" s="57"/>
       <c r="J37" s="50"/>
       <c r="K37" s="51"/>
       <c r="L37" s="52">
         <v>100</v>
       </c>
       <c r="M37" s="53" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="N37" s="54"/>
       <c r="O37" s="55"/>
       <c r="P37" s="51"/>
       <c r="Q37" s="52">
         <v>100</v>
       </c>
       <c r="R37" s="53" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="S37" s="54"/>
       <c r="T37" s="58"/>
       <c r="U37" s="63">
         <v>100</v>
       </c>
       <c r="V37" s="60" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="3">
     <dataValidation allowBlank="1" showDropDown="1" showInputMessage="1" showErrorMessage="1" sqref="O23" xr:uid="{D82FC7FD-EDAC-4D29-84E8-5AFFDC20EA3E}"/>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B25 B23 B27" xr:uid="{6E9B463C-2CD5-47A8-9128-AF2B1FA53D67}">
       <formula1>"Abdomen-Extended, Obstetrics &amp; Gynecology, Vascular, Adult Cardiac, Pediatric Cardiac, Breast, Musculoskeletal"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B32:D37" xr:uid="{2FF13D52-D1EF-40F9-8397-CC0A4912A066}">
       <formula1>"RDMS(AB),RDMS(AB) or RT(S),RDMS(OB/GYN),RDMS(OBGYN) or RT(S),RT(S), RDCS(AE) or RCS, RVT(VT) or RVS, RDCS(PE) or RCCS,RDMS(BR), RMSK, RMSKS"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="59" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Macintosh Excel</Application>
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hillsborough Community College</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 