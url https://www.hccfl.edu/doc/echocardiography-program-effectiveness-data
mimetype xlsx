--- v0 (2025-10-01)
+++ v1 (2025-12-04)
@@ -1,1106 +1,2527 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="10413"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11122"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/bbelton/Downloads/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/chyman2/Desktop/New Health Sciences Spreadsheets/Dec 1/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{73ECB6CE-7747-1A42-A683-042D059B05A4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{CC3A3618-673D-1645-8F4F-BC81020591B7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="4360" yWindow="900" windowWidth="34040" windowHeight="17720" xr2:uid="{C1AF2437-8E9B-4659-94BB-BC286F590223}"/>
+    <workbookView xWindow="39920" yWindow="500" windowWidth="40100" windowHeight="21540" xr2:uid="{82AAECB6-5626-42EF-B657-3A3D4D863877}"/>
   </bookViews>
   <sheets>
-    <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
+    <sheet name="Outcomes" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="E31" i="1" l="1"/>
+  <c r="H31" i="1"/>
+  <c r="K31" i="1"/>
+  <c r="E24" i="1"/>
+  <c r="H24" i="1"/>
+  <c r="E17" i="1"/>
+  <c r="H17" i="1"/>
+  <c r="K17" i="1"/>
+  <c r="E11" i="1"/>
+  <c r="H11" i="1"/>
+  <c r="K11" i="1"/>
+  <c r="K29" i="1"/>
+  <c r="K30" i="1"/>
+  <c r="H29" i="1"/>
+  <c r="H30" i="1"/>
+  <c r="E29" i="1"/>
+  <c r="E30" i="1"/>
+  <c r="H22" i="1"/>
+  <c r="H23" i="1"/>
+  <c r="E22" i="1"/>
+  <c r="E23" i="1"/>
+  <c r="K16" i="1"/>
+  <c r="H16" i="1"/>
+  <c r="E16" i="1"/>
+  <c r="K10" i="1"/>
+  <c r="H10" i="1"/>
+  <c r="E10" i="1"/>
+  <c r="L31" i="1" l="1"/>
+  <c r="L11" i="1"/>
+  <c r="L17" i="1"/>
+  <c r="L30" i="1"/>
+  <c r="L29" i="1"/>
+  <c r="L16" i="1"/>
+  <c r="L10" i="1"/>
+</calcChain>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="124" uniqueCount="41">
-[...1 lines deleted...]
-    <t>Institution Information</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="63" uniqueCount="51">
+  <si>
+    <t>Concentration</t>
+  </si>
+  <si>
+    <t>2023
+# Graduates</t>
+  </si>
+  <si>
+    <t>2023
+# Enrolled</t>
+  </si>
+  <si>
+    <t>2022
+# Graduates</t>
+  </si>
+  <si>
+    <t>2022
+# Enrolled</t>
+  </si>
+  <si>
+    <t>2023
+# Test Takers</t>
+  </si>
+  <si>
+    <t>2022
+# Test Takers</t>
+  </si>
+  <si>
+    <t>2023
+# Earners</t>
+  </si>
+  <si>
+    <t>2022
+# Earners</t>
+  </si>
+  <si>
+    <t>Concentration &amp; Credentialing Exam(s)</t>
+  </si>
+  <si>
+    <t>CAAHEP Accredited Concentrations:</t>
   </si>
   <si>
     <t>Institution Name:</t>
   </si>
   <si>
-    <t>Hillsborough Community College</t>
-[...38 lines deleted...]
-    <t>Total # of graduates employed in 6 months/Total # of Graduates</t>
+    <t>2023
+% Retention</t>
+  </si>
+  <si>
+    <t>2022
+% Retention</t>
+  </si>
+  <si>
+    <t>2023
+% Job Placement</t>
+  </si>
+  <si>
+    <t>2022
+% Job Placement</t>
+  </si>
+  <si>
+    <t>2023
+% Test Takers</t>
+  </si>
+  <si>
+    <t>2023
+% Success</t>
+  </si>
+  <si>
+    <t>2022
+% Success</t>
+  </si>
+  <si>
+    <t>Cohort Number</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="12"/>
+        <color theme="1" tint="4.9989318521683403E-2"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1" tint="4.9989318521683403E-2"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Cohort Number</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Test Takers Rate: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Total # of Test Takers/Total # of Graduates</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Credential Success Rate: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Total # of Graduates successfully earning credential/Total # of Test Takers</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Student Retention:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Total # of Graduates/Total # of Students Enrolled</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Job Placement:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Total # of Graduates employed in 6 months/Total # of Graduates</t>
+    </r>
+  </si>
+  <si>
+    <t>2024
+# Graduates</t>
+  </si>
+  <si>
+    <t>2024
+# Enrolled</t>
+  </si>
+  <si>
+    <t>2024
+% Retention</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024
+# Employed </t>
+  </si>
+  <si>
+    <t>2024
+% Job Placement</t>
+  </si>
+  <si>
+    <t>2024
+# Test Takers</t>
+  </si>
+  <si>
+    <t>2024
+% Test Takers</t>
+  </si>
+  <si>
+    <t>2024
+# Earners</t>
+  </si>
+  <si>
+    <t>2024
+% Success</t>
+  </si>
+  <si>
+    <t>2023
+# Employed</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2022
+# Employed </t>
+  </si>
+  <si>
+    <t>3-Year Average
+Student Retention</t>
+  </si>
+  <si>
+    <r>
+      <t>Track Name</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1" tint="4.9989318521683403E-2"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> (if applicable)</t>
+    </r>
   </si>
   <si>
     <t>3-Year Average 
-Job Placement Rate</t>
-[...17 lines deleted...]
-    <t>Select Concentration</t>
+% Credential Success</t>
+  </si>
+  <si>
+    <t>3-Year Average
+% Job Placement</t>
+  </si>
+  <si>
+    <t>OB/GYN – RDMS(OB/GYN) or RT(S)</t>
+  </si>
+  <si>
+    <t>ABDOMEN-EXT – RDMS(AB) or RT(S)</t>
+  </si>
+  <si>
+    <t>ABDOMEN-EXTENDED</t>
+  </si>
+  <si>
+    <t>OBSTETRICS &amp; GYNECOLOGY</t>
+  </si>
+  <si>
+    <t>ADULT CARDIAC</t>
+  </si>
+  <si>
+    <t>ADULT CARDIAC – RDCS(AE) or RCS</t>
+  </si>
+  <si>
+    <t>Abdomen-Extended, Obstetrics &amp; Gynecology and Adult Cardiac</t>
+  </si>
+  <si>
+    <t>Hillsborough College</t>
   </si>
   <si>
     <t>Adult Cardiac</t>
   </si>
   <si>
-    <t># Test Takers:</t>
-[...50 lines deleted...]
-    <t>Echocardiography Program Effectiveness Data</t>
+    <t>General</t>
+  </si>
+  <si>
+    <t>Echocardiography 
+Program Effectiveness</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="7" x14ac:knownFonts="1">
+  <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="8"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
       <b/>
       <sz val="11"/>
-      <color theme="0"/>
+      <color theme="1" tint="4.9989318521683403E-2"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="1" tint="4.9989318521683403E-2"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="12"/>
+      <color theme="1" tint="4.9989318521683403E-2"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-[...5 lines deleted...]
-    <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="10"/>
+      <sz val="14"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
+      <u/>
+      <sz val="12"/>
+      <color theme="1" tint="4.9989318521683403E-2"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1" tint="4.9989318521683403E-2"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="16"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="8">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="1"/>
+        <fgColor theme="2" tint="-9.9978637043366805E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
-    <fill>
-[...21 lines deleted...]
-    </fill>
   </fills>
-  <borders count="43">
+  <borders count="17">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left style="thin">
-        <color auto="1"/>
+        <color indexed="64"/>
       </left>
       <right/>
-      <top style="thin">
-[...1 lines deleted...]
-      </top>
+      <top/>
       <bottom style="thin">
-        <color auto="1"/>
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
-        <color auto="1"/>
-[...141 lines deleted...]
-        <color auto="1"/>
+        <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color auto="1"/>
+        <color indexed="64"/>
       </left>
-      <right/>
-[...1 lines deleted...]
-        <color auto="1"/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
       </top>
-      <bottom style="thin">
-[...25 lines deleted...]
-      <bottom style="thin">
+      <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color auto="1"/>
+        <color indexed="64"/>
       </left>
-      <right/>
-[...16 lines deleted...]
-      <left/>
       <right style="thin">
-        <color auto="1"/>
+        <color indexed="64"/>
       </right>
-      <top/>
-[...1 lines deleted...]
-        <color auto="1"/>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color auto="1"/>
-[...67 lines deleted...]
-        <color auto="1"/>
+        <color indexed="64"/>
       </left>
       <right style="thin">
-        <color auto="1"/>
+        <color indexed="64"/>
       </right>
-      <top style="thick">
-[...43 lines deleted...]
-      <top style="medium">
+      <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color auto="1"/>
+        <color indexed="64"/>
       </left>
       <right/>
-      <top style="medium">
-[...19 lines deleted...]
-      <top style="medium">
+      <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color auto="1"/>
-[...53 lines deleted...]
-        <color auto="1"/>
+        <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color auto="1"/>
+        <color theme="1"/>
       </left>
-      <right/>
-      <top/>
+      <right style="thin">
+        <color theme="1"/>
+      </right>
+      <top style="thin">
+        <color theme="1"/>
+      </top>
       <bottom style="thin">
-        <color auto="1"/>
+        <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
-    <border diagonalUp="1">
-[...2 lines deleted...]
-      <top/>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
-      <diagonal style="dashed">
-[...1 lines deleted...]
-      </diagonal>
+      <diagonal/>
     </border>
     <border>
-      <left/>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
       <right style="thin">
-        <color auto="1"/>
+        <color indexed="64"/>
       </right>
       <top/>
-      <bottom style="thin">
-        <color auto="1"/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
       </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="hair">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="113">
+  <cellXfs count="40">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="0" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="0" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="0" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...27 lines deleted...]
-    <xf numFmtId="1" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="7" xfId="0" applyFill="1" applyBorder="1"/>
-[...22 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="6" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...205 lines deleted...]
-      <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="0"/>
+  <dxfs count="74">
+    <dxf>
+      <numFmt numFmtId="13" formatCode="0%"/>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom/>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="13" formatCode="0%"/>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="hair">
+          <color indexed="64"/>
+        </top>
+        <bottom/>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="hair">
+          <color indexed="64"/>
+        </top>
+        <bottom/>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="hair">
+          <color indexed="64"/>
+        </top>
+        <bottom/>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="13" formatCode="0%"/>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="hair">
+          <color indexed="64"/>
+        </top>
+        <bottom/>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="hair">
+          <color indexed="64"/>
+        </top>
+        <bottom/>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="hair">
+          <color indexed="64"/>
+        </top>
+        <bottom/>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="13" formatCode="0%"/>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="hair">
+          <color indexed="64"/>
+        </top>
+        <bottom/>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="hair">
+          <color indexed="64"/>
+        </top>
+        <bottom/>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="hair">
+          <color indexed="64"/>
+        </top>
+        <bottom/>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="hair">
+          <color indexed="64"/>
+        </top>
+        <bottom style="hair">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal style="hair">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="hair">
+          <color indexed="64"/>
+        </right>
+        <top style="hair">
+          <color indexed="64"/>
+        </top>
+        <bottom style="hair">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="hair">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="hair">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color theme="1"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1" tint="4.9989318521683403E-2"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0" tint="-0.14999847407452621"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="2" tint="-9.9978637043366805E-2"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="13" formatCode="0%"/>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="hair">
+          <color indexed="64"/>
+        </top>
+        <bottom style="hair">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="hair">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="13" formatCode="0%"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right/>
+        <top style="hair">
+          <color indexed="64"/>
+        </top>
+        <bottom/>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="hair">
+          <color indexed="64"/>
+        </top>
+        <bottom style="hair">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="hair">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="hair">
+          <color indexed="64"/>
+        </top>
+        <bottom style="hair">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="hair">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="13" formatCode="0%"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right/>
+        <top style="hair">
+          <color indexed="64"/>
+        </top>
+        <bottom/>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="hair">
+          <color indexed="64"/>
+        </top>
+        <bottom style="hair">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="hair">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="hair">
+          <color indexed="64"/>
+        </top>
+        <bottom style="hair">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="hair">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="13" formatCode="0%"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right/>
+        <top style="hair">
+          <color indexed="64"/>
+        </top>
+        <bottom/>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="hair">
+          <color indexed="64"/>
+        </top>
+        <bottom style="hair">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="hair">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="hair">
+          <color indexed="64"/>
+        </top>
+        <bottom style="hair">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="hair">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="hair">
+          <color indexed="64"/>
+        </top>
+        <bottom style="hair">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="hair">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="hair">
+          <color indexed="64"/>
+        </top>
+        <bottom style="hair">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="hair">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1" tint="4.9989318521683403E-2"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFD5F6FF"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="13" formatCode="0%"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right/>
+        <top style="hair">
+          <color indexed="64"/>
+        </top>
+        <bottom/>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="hair">
+          <color indexed="64"/>
+        </top>
+        <bottom style="hair">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="hair">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="hair">
+          <color indexed="64"/>
+        </top>
+        <bottom style="hair">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="hair">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="13" formatCode="0%"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right/>
+        <top style="hair">
+          <color indexed="64"/>
+        </top>
+        <bottom/>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="hair">
+          <color indexed="64"/>
+        </top>
+        <bottom style="hair">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="hair">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="hair">
+          <color indexed="64"/>
+        </top>
+        <bottom style="hair">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="hair">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="hair">
+          <color indexed="64"/>
+        </top>
+        <bottom style="hair">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="hair">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="hair">
+          <color indexed="64"/>
+        </top>
+        <bottom style="hair">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="hair">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1" tint="4.9989318521683403E-2"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFD5F6FF"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="13" formatCode="0%"/>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="hair">
+          <color indexed="64"/>
+        </top>
+        <bottom style="hair">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="hair">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="13" formatCode="0%"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right/>
+        <top style="hair">
+          <color indexed="64"/>
+        </top>
+        <bottom/>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="hair">
+          <color indexed="64"/>
+        </top>
+        <bottom style="hair">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="hair">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="hair">
+          <color indexed="64"/>
+        </top>
+        <bottom style="hair">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="hair">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="13" formatCode="0%"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right/>
+        <top style="hair">
+          <color indexed="64"/>
+        </top>
+        <bottom/>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="hair">
+          <color indexed="64"/>
+        </top>
+        <bottom style="hair">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="hair">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="hair">
+          <color indexed="64"/>
+        </top>
+        <bottom style="hair">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="hair">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="13" formatCode="0%"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right/>
+        <top style="hair">
+          <color indexed="64"/>
+        </top>
+        <bottom/>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="hair">
+          <color indexed="64"/>
+        </top>
+        <bottom style="hair">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="hair">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="hair">
+          <color indexed="64"/>
+        </top>
+        <bottom style="hair">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="hair">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="hair">
+          <color indexed="64"/>
+        </top>
+        <bottom style="hair">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+      </font>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="hair">
+          <color indexed="64"/>
+        </top>
+        <bottom style="hair">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1" tint="4.9989318521683403E-2"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFD5F6FF"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <colors>
+    <mruColors>
+      <color rgb="FFDDF8FF"/>
+      <color rgb="FFD5F6FF"/>
+      <color rgb="FF0A406B"/>
+      <color rgb="FF0080A2"/>
+      <color rgb="FFB7F0FF"/>
+    </mruColors>
+  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+</file>
+
+<file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{62209347-5D78-45D3-8491-52F3F61AAD88}" name="JobPlacement" displayName="JobPlacement" ref="A15:L17" totalsRowShown="0" headerRowDxfId="73" dataDxfId="71" headerRowBorderDxfId="72" tableBorderDxfId="70">
+  <autoFilter ref="A15:L17" xr:uid="{62209347-5D78-45D3-8491-52F3F61AAD88}">
+    <filterColumn colId="0" hiddenButton="1"/>
+    <filterColumn colId="1" hiddenButton="1"/>
+    <filterColumn colId="2" hiddenButton="1"/>
+    <filterColumn colId="3" hiddenButton="1"/>
+    <filterColumn colId="4" hiddenButton="1"/>
+    <filterColumn colId="5" hiddenButton="1"/>
+    <filterColumn colId="6" hiddenButton="1"/>
+    <filterColumn colId="7" hiddenButton="1"/>
+    <filterColumn colId="8" hiddenButton="1"/>
+    <filterColumn colId="9" hiddenButton="1"/>
+    <filterColumn colId="10" hiddenButton="1"/>
+    <filterColumn colId="11" hiddenButton="1"/>
+  </autoFilter>
+  <tableColumns count="12">
+    <tableColumn id="1" xr3:uid="{7E7AF233-4CF9-4BE3-8265-3717D09BC7F0}" name="_x000a_Cohort Number" dataDxfId="69"/>
+    <tableColumn id="2" xr3:uid="{10E38F63-7553-4D29-A1ED-CB56F367C9E8}" name="Track Name (if applicable)" dataDxfId="68"/>
+    <tableColumn id="3" xr3:uid="{223E7725-D7AB-41B8-A5F2-BA937823A524}" name="2024_x000a_# Employed " dataDxfId="67"/>
+    <tableColumn id="4" xr3:uid="{55A4FA0A-DE07-46C9-A1E1-7096A5708C38}" name="2024_x000a_# Graduates" dataDxfId="66"/>
+    <tableColumn id="5" xr3:uid="{A150960C-67BE-4F99-9411-AEFD4C35286A}" name="2024_x000a_% Job Placement" dataDxfId="65">
+      <calculatedColumnFormula>IFERROR(C16/D16, "*")</calculatedColumnFormula>
+    </tableColumn>
+    <tableColumn id="6" xr3:uid="{A022C5F3-AA14-4F10-8DE3-3626D5AB5823}" name="2023_x000a_# Employed" dataDxfId="64"/>
+    <tableColumn id="7" xr3:uid="{7B15CC73-46EF-48FF-A3E3-1E0E82A234B4}" name="2023_x000a_# Graduates" dataDxfId="63"/>
+    <tableColumn id="8" xr3:uid="{D61B7064-D801-43E2-9970-8C0FA97659AA}" name="2023_x000a_% Job Placement" dataDxfId="62">
+      <calculatedColumnFormula>IFERROR(F16/G16, "*")</calculatedColumnFormula>
+    </tableColumn>
+    <tableColumn id="9" xr3:uid="{F6669321-4805-452D-B0A4-2E910A124156}" name="2022_x000a_# Employed " dataDxfId="61"/>
+    <tableColumn id="10" xr3:uid="{DBB25852-A62C-4808-9339-B7586F9936F6}" name="2022_x000a_# Graduates" dataDxfId="60"/>
+    <tableColumn id="11" xr3:uid="{22B705B9-566C-4223-9532-995D8C8DDF36}" name="2022_x000a_% Job Placement" dataDxfId="59">
+      <calculatedColumnFormula>IFERROR(I16/J16, "*")</calculatedColumnFormula>
+    </tableColumn>
+    <tableColumn id="12" xr3:uid="{7F860FB3-B444-48F6-9DA5-6AC62DCE6949}" name="3-Year Average_x000a_% Job Placement" dataDxfId="58">
+      <calculatedColumnFormula>IF(OR(C16="*", H16="*", K16="*"), "N/A", AVERAGE(E16,H16,K16))</calculatedColumnFormula>
+    </tableColumn>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight8" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="4" xr:uid="{9DA08E77-4D12-41A7-9442-A274191DF86D}" name="Table4" displayName="Table4" ref="A21:H24" totalsRowShown="0" headerRowDxfId="57" dataDxfId="56" tableBorderDxfId="55">
+  <autoFilter ref="A21:H24" xr:uid="{9DA08E77-4D12-41A7-9442-A274191DF86D}">
+    <filterColumn colId="0" hiddenButton="1"/>
+    <filterColumn colId="1" hiddenButton="1"/>
+    <filterColumn colId="2" hiddenButton="1"/>
+    <filterColumn colId="3" hiddenButton="1"/>
+    <filterColumn colId="4" hiddenButton="1"/>
+    <filterColumn colId="5" hiddenButton="1"/>
+    <filterColumn colId="6" hiddenButton="1"/>
+    <filterColumn colId="7" hiddenButton="1"/>
+  </autoFilter>
+  <tableColumns count="8">
+    <tableColumn id="1" xr3:uid="{84DC6037-3659-4314-A111-8A0D2F7741FA}" name="_x000a_Cohort Number" dataDxfId="54"/>
+    <tableColumn id="2" xr3:uid="{53854E9F-7B1E-464F-91A3-FF2BAF34E77A}" name="Concentration" dataDxfId="53"/>
+    <tableColumn id="3" xr3:uid="{3B83ABD7-8BBB-4C9C-BB2F-D5D61DFDD0EC}" name="2024_x000a_# Test Takers" dataDxfId="52"/>
+    <tableColumn id="4" xr3:uid="{E9AF62C0-539A-4592-AC89-C36B8A634449}" name="2024_x000a_# Graduates" dataDxfId="51"/>
+    <tableColumn id="5" xr3:uid="{A7A21B17-8AAD-4307-817B-425FB45F3283}" name="2024_x000a_% Test Takers" dataDxfId="50">
+      <calculatedColumnFormula>IFERROR(C22/D22, "*")</calculatedColumnFormula>
+    </tableColumn>
+    <tableColumn id="6" xr3:uid="{0E8EFE23-2595-499C-8806-D2069CC32320}" name="2023_x000a_# Test Takers" dataDxfId="49"/>
+    <tableColumn id="7" xr3:uid="{AE6E328E-F40F-4D2E-8272-D6DD51F0A896}" name="2023_x000a_# Graduates" dataDxfId="48"/>
+    <tableColumn id="8" xr3:uid="{979A0912-7074-4909-AB63-296052B3E24F}" name="2023_x000a_% Test Takers" dataDxfId="47">
+      <calculatedColumnFormula>IFERROR(F22/G22, "*")</calculatedColumnFormula>
+    </tableColumn>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight8" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{2A96ABC6-79BC-4214-A565-D20C8958B950}" name="Table5" displayName="Table5" ref="A28:L31" totalsRowShown="0" headerRowDxfId="46" dataDxfId="44" headerRowBorderDxfId="45" tableBorderDxfId="43">
+  <autoFilter ref="A28:L31" xr:uid="{2A96ABC6-79BC-4214-A565-D20C8958B950}">
+    <filterColumn colId="0" hiddenButton="1"/>
+    <filterColumn colId="1" hiddenButton="1"/>
+    <filterColumn colId="2" hiddenButton="1"/>
+    <filterColumn colId="3" hiddenButton="1"/>
+    <filterColumn colId="4" hiddenButton="1"/>
+    <filterColumn colId="5" hiddenButton="1"/>
+    <filterColumn colId="6" hiddenButton="1"/>
+    <filterColumn colId="7" hiddenButton="1"/>
+    <filterColumn colId="8" hiddenButton="1"/>
+    <filterColumn colId="9" hiddenButton="1"/>
+    <filterColumn colId="10" hiddenButton="1"/>
+    <filterColumn colId="11" hiddenButton="1"/>
+  </autoFilter>
+  <tableColumns count="12">
+    <tableColumn id="1" xr3:uid="{E470DDF6-B1A7-45EF-A111-F9CC486DB34A}" name="Cohort Number" dataDxfId="42"/>
+    <tableColumn id="2" xr3:uid="{AA54D613-91D7-4E08-A5CB-1ED9DE727D07}" name="Concentration &amp; Credentialing Exam(s)" dataDxfId="41"/>
+    <tableColumn id="3" xr3:uid="{5F7F6D49-61CC-4104-94D7-A7D03F6A4021}" name="2024_x000a_# Earners" dataDxfId="40"/>
+    <tableColumn id="4" xr3:uid="{7B709221-4FCE-483A-8F33-BE0A3E064B0A}" name="2024_x000a_# Test Takers" dataDxfId="39"/>
+    <tableColumn id="5" xr3:uid="{E9993737-1F26-4AC5-BA38-F9D1CD5734B7}" name="2024_x000a_% Success" dataDxfId="38">
+      <calculatedColumnFormula>IFERROR(C29/D29, "*")</calculatedColumnFormula>
+    </tableColumn>
+    <tableColumn id="6" xr3:uid="{894AB47F-5FD9-4632-890D-D689D17BD21C}" name="2023_x000a_# Earners" dataDxfId="37"/>
+    <tableColumn id="7" xr3:uid="{CA246F48-5090-4751-96B9-DC1529BB274A}" name="2023_x000a_# Test Takers" dataDxfId="36"/>
+    <tableColumn id="8" xr3:uid="{54B0C0CE-A469-4275-A46A-6E4120BEC0FE}" name="2023_x000a_% Success" dataDxfId="35">
+      <calculatedColumnFormula>IFERROR(F29/G29, "*")</calculatedColumnFormula>
+    </tableColumn>
+    <tableColumn id="9" xr3:uid="{6AB6466D-F81A-42DC-B134-4D918C647EDE}" name="2022_x000a_# Earners" dataDxfId="34"/>
+    <tableColumn id="10" xr3:uid="{F750A5EB-4C89-4879-9E66-E38B0680E12C}" name="2022_x000a_# Test Takers" dataDxfId="33"/>
+    <tableColumn id="11" xr3:uid="{D0C24B95-294E-4CB0-94AE-B2E28067F0D5}" name="2022_x000a_% Success" dataDxfId="32">
+      <calculatedColumnFormula>IFERROR(I29/J29, "*")</calculatedColumnFormula>
+    </tableColumn>
+    <tableColumn id="12" xr3:uid="{B58A8DB2-C698-4440-9525-06514C8CE773}" name="3-Year Average _x000a_% Credential Success" dataDxfId="31">
+      <calculatedColumnFormula>IF(OR(C29="*", H29="*", K29="*"), "N/A", AVERAGE(E29,H29,K29))</calculatedColumnFormula>
+    </tableColumn>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight8" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="8" xr:uid="{29285155-5A20-4C4F-B03D-64686EAD4A8D}" name="Table8" displayName="Table8" ref="A1:A5" totalsRowShown="0" headerRowDxfId="30" dataDxfId="29" tableBorderDxfId="28">
+  <autoFilter ref="A1:A5" xr:uid="{29285155-5A20-4C4F-B03D-64686EAD4A8D}"/>
+  <tableColumns count="1">
+    <tableColumn id="1" xr3:uid="{C6A99699-DEBC-45D5-8834-69B0635FF38B}" name="Echocardiography _x000a_Program Effectiveness" dataDxfId="27"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table5.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="11" xr:uid="{D3C21534-FC4D-4A25-824A-2951423054CB}" name="Table11" displayName="Table11" ref="A7:A8" insertRow="1" totalsRowShown="0" headerRowDxfId="26" dataDxfId="25">
+  <autoFilter ref="A7:A8" xr:uid="{D3C21534-FC4D-4A25-824A-2951423054CB}">
+    <filterColumn colId="0" hiddenButton="1"/>
+  </autoFilter>
+  <tableColumns count="1">
+    <tableColumn id="1" xr3:uid="{D36ADE33-3EDE-4BC6-BD18-D73135269419}" name="Student Retention: Total # of Graduates/Total # of Students Enrolled" dataDxfId="24"/>
+  </tableColumns>
+  <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table6.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="14" xr:uid="{6A7D3948-C8C0-4CBA-98BD-9298C080C628}" name="Table1115" displayName="Table1115" ref="A13:A14" insertRow="1" totalsRowShown="0" headerRowDxfId="23" dataDxfId="22">
+  <autoFilter ref="A13:A14" xr:uid="{6A7D3948-C8C0-4CBA-98BD-9298C080C628}">
+    <filterColumn colId="0" hiddenButton="1"/>
+  </autoFilter>
+  <tableColumns count="1">
+    <tableColumn id="1" xr3:uid="{6FABCA65-7749-403E-AAD9-4BC41035FA19}" name="Job Placement: Total # of Graduates employed in 6 months/Total # of Graduates" dataDxfId="21"/>
+  </tableColumns>
+  <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table7.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="15" xr:uid="{31F61365-8FA8-445B-AEB3-7296F4D8AE80}" name="Table111516" displayName="Table111516" ref="A19:A20" insertRow="1" totalsRowShown="0" headerRowDxfId="20" dataDxfId="19">
+  <autoFilter ref="A19:A20" xr:uid="{31F61365-8FA8-445B-AEB3-7296F4D8AE80}">
+    <filterColumn colId="0" hiddenButton="1"/>
+  </autoFilter>
+  <tableColumns count="1">
+    <tableColumn id="1" xr3:uid="{EFBC4083-AEDB-4787-8F1D-DE808FDBB882}" name="Test Takers Rate: Total # of Test Takers/Total # of Graduates" dataDxfId="18"/>
+  </tableColumns>
+  <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table8.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="16" xr:uid="{EF39B732-0E16-46E0-8CE5-7C66D779C1E1}" name="Table11151617" displayName="Table11151617" ref="A26:A27" insertRow="1" totalsRowShown="0" headerRowDxfId="17" dataDxfId="16">
+  <autoFilter ref="A26:A27" xr:uid="{EF39B732-0E16-46E0-8CE5-7C66D779C1E1}">
+    <filterColumn colId="0" hiddenButton="1"/>
+  </autoFilter>
+  <tableColumns count="1">
+    <tableColumn id="1" xr3:uid="{8A3098F7-682D-420C-80B6-C34AF5D29D31}" name="Credential Success Rate: Total # of Graduates successfully earning credential/Total # of Test Takers" dataDxfId="15"/>
+  </tableColumns>
+  <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table9.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{F47E8FA2-F749-43C3-B019-052B1622A229}" name="Table2" displayName="Table2" ref="A9:L11" totalsRowShown="0" headerRowDxfId="14" headerRowBorderDxfId="13" tableBorderDxfId="12">
+  <autoFilter ref="A9:L11" xr:uid="{F47E8FA2-F749-43C3-B019-052B1622A229}">
+    <filterColumn colId="0" hiddenButton="1"/>
+    <filterColumn colId="1" hiddenButton="1"/>
+    <filterColumn colId="2" hiddenButton="1"/>
+    <filterColumn colId="3" hiddenButton="1"/>
+    <filterColumn colId="4" hiddenButton="1"/>
+    <filterColumn colId="5" hiddenButton="1"/>
+    <filterColumn colId="6" hiddenButton="1"/>
+    <filterColumn colId="7" hiddenButton="1"/>
+    <filterColumn colId="8" hiddenButton="1"/>
+    <filterColumn colId="9" hiddenButton="1"/>
+    <filterColumn colId="10" hiddenButton="1"/>
+    <filterColumn colId="11" hiddenButton="1"/>
+  </autoFilter>
+  <tableColumns count="12">
+    <tableColumn id="1" xr3:uid="{AD54D3C0-B558-4298-BCD3-0DCD983A80A3}" name="Cohort Number" dataDxfId="11"/>
+    <tableColumn id="2" xr3:uid="{41435EC6-2220-4B21-B290-0B0450244F53}" name="Track Name (if applicable)" dataDxfId="10"/>
+    <tableColumn id="3" xr3:uid="{00555C6E-CA24-4377-B9BA-281B77980E52}" name="2024_x000a_# Graduates" dataDxfId="9"/>
+    <tableColumn id="4" xr3:uid="{C7245B7F-40DF-4A40-8842-A50E615C6736}" name="2024_x000a_# Enrolled" dataDxfId="8"/>
+    <tableColumn id="5" xr3:uid="{B66D5B16-4028-4BE4-A737-EE9763CBCD2F}" name="2024_x000a_% Retention" dataDxfId="7">
+      <calculatedColumnFormula>IFERROR(C10/D10, "*")</calculatedColumnFormula>
+    </tableColumn>
+    <tableColumn id="6" xr3:uid="{59D60218-34EB-4B95-8004-4B107DA4FB81}" name="2023_x000a_# Graduates" dataDxfId="6"/>
+    <tableColumn id="7" xr3:uid="{D469CDAA-99B8-4123-A855-DED7B456A3D6}" name="2023_x000a_# Enrolled" dataDxfId="5"/>
+    <tableColumn id="8" xr3:uid="{80C2DF27-0758-4A45-8D32-54BEA31542AB}" name="2023_x000a_% Retention" dataDxfId="4">
+      <calculatedColumnFormula>IFERROR(F10/G10, "*")</calculatedColumnFormula>
+    </tableColumn>
+    <tableColumn id="9" xr3:uid="{23F65895-5736-40C6-B803-17A5774B7056}" name="2022_x000a_# Graduates" dataDxfId="3"/>
+    <tableColumn id="10" xr3:uid="{2F12D473-AEF6-411D-B6A4-74446C692856}" name="2022_x000a_# Enrolled" dataDxfId="2"/>
+    <tableColumn id="11" xr3:uid="{8CCBAF89-D5B7-47CD-90DA-96AE8ED40E90}" name="2022_x000a_% Retention" dataDxfId="1">
+      <calculatedColumnFormula>IFERROR(I10/J10, "*")</calculatedColumnFormula>
+    </tableColumn>
+    <tableColumn id="12" xr3:uid="{BED37A71-66EF-429F-8365-ADBC2D2199AD}" name="3-Year Average_x000a_Student Retention" dataDxfId="0">
+      <calculatedColumnFormula>IF(OR(C10="*", H10="*", K10="*"), "N/A", AVERAGE(E10,H10,K10))</calculatedColumnFormula>
+    </tableColumn>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight8" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -1375,1458 +2796,839 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table5.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table8.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{92D80C52-EB0C-4A80-BCB3-B3DFC61C2CCF}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A676D4C1-5952-4F16-9B53-C6150FCF45DF}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:V37"/>
+  <dimension ref="A1:L33"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="AA10" sqref="AA10"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="43.1640625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="37.1640625" customWidth="1"/>
+    <col min="3" max="4" width="12.83203125" customWidth="1"/>
+    <col min="5" max="5" width="15.83203125" customWidth="1"/>
+    <col min="6" max="7" width="12.83203125" customWidth="1"/>
+    <col min="8" max="8" width="15.83203125" customWidth="1"/>
+    <col min="9" max="10" width="12.83203125" customWidth="1"/>
+    <col min="11" max="11" width="15.83203125" customWidth="1"/>
+    <col min="12" max="12" width="14.83203125" customWidth="1"/>
+    <col min="13" max="13" width="19" bestFit="1" customWidth="1"/>
+  </cols>
   <sheetData>
-    <row r="1" spans="1:22" ht="19" x14ac:dyDescent="0.2">
-      <c r="A1" s="112" t="s">
+    <row r="1" spans="1:12" ht="40" x14ac:dyDescent="0.25">
+      <c r="A1" s="30" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="2" spans="1:12" ht="17" x14ac:dyDescent="0.2">
+      <c r="A2" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="3" spans="1:12" ht="22" x14ac:dyDescent="0.2">
+      <c r="A3" s="32" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" ht="17" x14ac:dyDescent="0.2">
+      <c r="A4" s="15" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="32" x14ac:dyDescent="0.2">
+      <c r="A5" s="39" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A6" s="4"/>
+      <c r="B6" s="2"/>
+      <c r="C6" s="2"/>
+      <c r="D6" s="2"/>
+      <c r="E6" s="2"/>
+      <c r="F6" s="2"/>
+      <c r="G6" s="2"/>
+      <c r="H6" s="2"/>
+      <c r="I6" s="2"/>
+      <c r="J6" s="2"/>
+      <c r="K6" s="2"/>
+      <c r="L6" s="2"/>
+    </row>
+    <row r="7" spans="1:12" ht="19" x14ac:dyDescent="0.25">
+      <c r="A7" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="B7" s="5"/>
+      <c r="C7" s="5"/>
+      <c r="D7" s="5"/>
+      <c r="E7" s="5"/>
+      <c r="F7" s="5"/>
+      <c r="G7" s="5"/>
+      <c r="H7" s="5"/>
+      <c r="I7" s="5"/>
+      <c r="J7" s="5"/>
+      <c r="K7" s="5"/>
+      <c r="L7" s="5"/>
+    </row>
+    <row r="8" spans="1:12" ht="19" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="5"/>
+      <c r="B8" s="5"/>
+      <c r="C8" s="5"/>
+      <c r="D8" s="5"/>
+      <c r="E8" s="5"/>
+      <c r="F8" s="5"/>
+      <c r="G8" s="5"/>
+      <c r="H8" s="5"/>
+      <c r="I8" s="5"/>
+      <c r="J8" s="5"/>
+      <c r="K8" s="5"/>
+      <c r="L8" s="5"/>
+    </row>
+    <row r="9" spans="1:12" ht="48" x14ac:dyDescent="0.2">
+      <c r="A9" s="25" t="s">
+        <v>19</v>
+      </c>
+      <c r="B9" s="21" t="s">
+        <v>37</v>
+      </c>
+      <c r="C9" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" s="27" t="s">
+        <v>26</v>
+      </c>
+      <c r="E9" s="27" t="s">
+        <v>27</v>
+      </c>
+      <c r="F9" s="20" t="s">
+        <v>1</v>
+      </c>
+      <c r="G9" s="20" t="s">
+        <v>2</v>
+      </c>
+      <c r="H9" s="20" t="s">
+        <v>12</v>
+      </c>
+      <c r="I9" s="27" t="s">
+        <v>3</v>
+      </c>
+      <c r="J9" s="27" t="s">
+        <v>4</v>
+      </c>
+      <c r="K9" s="27" t="s">
+        <v>13</v>
+      </c>
+      <c r="L9" s="20" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A10" s="31">
+        <v>1</v>
+      </c>
+      <c r="B10" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="C10" s="22">
+        <v>12</v>
+      </c>
+      <c r="D10" s="22">
+        <v>14</v>
+      </c>
+      <c r="E10" s="23">
+        <f t="shared" ref="E10" si="0">IFERROR(C10/D10, "*")</f>
+        <v>0.8571428571428571</v>
+      </c>
+      <c r="F10" s="22">
+        <v>10</v>
+      </c>
+      <c r="G10" s="22">
+        <v>12</v>
+      </c>
+      <c r="H10" s="23">
+        <f t="shared" ref="H10" si="1">IFERROR(F10/G10, "*")</f>
+        <v>0.83333333333333337</v>
+      </c>
+      <c r="I10" s="22">
+        <v>11</v>
+      </c>
+      <c r="J10" s="22">
+        <v>14</v>
+      </c>
+      <c r="K10" s="23">
+        <f t="shared" ref="K10" si="2">IFERROR(I10/J10, "*")</f>
+        <v>0.7857142857142857</v>
+      </c>
+      <c r="L10" s="24">
+        <f t="shared" ref="L10" si="3">IF(OR(C10="*", H10="*", K10="*"), "N/A", AVERAGE(E10,H10,K10))</f>
+        <v>0.82539682539682546</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A11" s="36">
+        <v>2</v>
+      </c>
+      <c r="B11" s="37" t="s">
+        <v>49</v>
+      </c>
+      <c r="C11" s="33">
+        <v>19</v>
+      </c>
+      <c r="D11" s="33">
+        <v>22</v>
+      </c>
+      <c r="E11" s="34">
+        <f>IFERROR(C11/D11, "*")</f>
+        <v>0.86363636363636365</v>
+      </c>
+      <c r="F11" s="33">
+        <v>15</v>
+      </c>
+      <c r="G11" s="33">
+        <v>22</v>
+      </c>
+      <c r="H11" s="34">
+        <f>IFERROR(F11/G11, "*")</f>
+        <v>0.68181818181818177</v>
+      </c>
+      <c r="I11" s="33">
+        <v>16</v>
+      </c>
+      <c r="J11" s="33">
+        <v>22</v>
+      </c>
+      <c r="K11" s="34">
+        <f>IFERROR(I11/J11, "*")</f>
+        <v>0.72727272727272729</v>
+      </c>
+      <c r="L11" s="35">
+        <f>IF(OR(C11="*", H11="*", K11="*"), "N/A", AVERAGE(E11,H11,K11))</f>
+        <v>0.75757575757575746</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A12" s="3"/>
+      <c r="B12" s="3"/>
+      <c r="C12" s="3"/>
+      <c r="D12" s="3"/>
+      <c r="E12" s="3"/>
+      <c r="F12" s="3"/>
+      <c r="G12" s="3"/>
+      <c r="H12" s="3"/>
+      <c r="I12" s="3"/>
+      <c r="J12" s="3"/>
+      <c r="K12" s="3"/>
+      <c r="L12" s="3"/>
+    </row>
+    <row r="13" spans="1:12" ht="19" x14ac:dyDescent="0.25">
+      <c r="A13" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B13" s="3"/>
+      <c r="C13" s="3"/>
+      <c r="D13" s="3"/>
+      <c r="E13" s="3"/>
+      <c r="F13" s="3"/>
+      <c r="G13" s="3"/>
+      <c r="H13" s="3"/>
+      <c r="I13" s="3"/>
+      <c r="J13" s="3"/>
+      <c r="K13" s="3"/>
+      <c r="L13" s="3"/>
+    </row>
+    <row r="14" spans="1:12" ht="19" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="5"/>
+      <c r="B14" s="3"/>
+      <c r="C14" s="3"/>
+      <c r="D14" s="3"/>
+      <c r="E14" s="3"/>
+      <c r="F14" s="3"/>
+      <c r="G14" s="3"/>
+      <c r="H14" s="3"/>
+      <c r="I14" s="3"/>
+      <c r="J14" s="3"/>
+      <c r="K14" s="3"/>
+      <c r="L14" s="3"/>
+    </row>
+    <row r="15" spans="1:12" ht="34" x14ac:dyDescent="0.2">
+      <c r="A15" s="26" t="s">
+        <v>20</v>
+      </c>
+      <c r="B15" s="21" t="s">
+        <v>37</v>
+      </c>
+      <c r="C15" s="27" t="s">
+        <v>28</v>
+      </c>
+      <c r="D15" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E15" s="28" t="s">
+        <v>29</v>
+      </c>
+      <c r="F15" s="19" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" s="20" t="s">
+        <v>1</v>
+      </c>
+      <c r="H15" s="18" t="s">
+        <v>14</v>
+      </c>
+      <c r="I15" s="29" t="s">
+        <v>35</v>
+      </c>
+      <c r="J15" s="27" t="s">
+        <v>3</v>
+      </c>
+      <c r="K15" s="28" t="s">
+        <v>15</v>
+      </c>
+      <c r="L15" s="18" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A16" s="9">
+        <v>1</v>
+      </c>
+      <c r="B16" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="C16" s="10">
+        <v>12</v>
+      </c>
+      <c r="D16" s="10">
+        <v>12</v>
+      </c>
+      <c r="E16" s="17">
+        <f t="shared" ref="E16" si="4">IFERROR(C16/D16, "*")</f>
+        <v>1</v>
+      </c>
+      <c r="F16" s="10">
+        <v>10</v>
+      </c>
+      <c r="G16" s="10">
+        <v>10</v>
+      </c>
+      <c r="H16" s="17">
+        <f t="shared" ref="H16" si="5">IFERROR(F16/G16, "*")</f>
+        <v>1</v>
+      </c>
+      <c r="I16" s="10">
+        <v>11</v>
+      </c>
+      <c r="J16" s="10">
+        <v>11</v>
+      </c>
+      <c r="K16" s="17">
+        <f t="shared" ref="K16" si="6">IFERROR(I16/J16, "*")</f>
+        <v>1</v>
+      </c>
+      <c r="L16" s="16">
+        <f t="shared" ref="L16" si="7">IF(OR(C16="*", H16="*", K16="*"), "N/A", AVERAGE(E16,H16,K16))</f>
+        <v>1</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A17" s="38">
+        <v>2</v>
+      </c>
+      <c r="B17" s="37" t="s">
+        <v>49</v>
+      </c>
+      <c r="C17" s="33">
+        <v>19</v>
+      </c>
+      <c r="D17" s="33">
+        <v>19</v>
+      </c>
+      <c r="E17" s="17">
+        <f>IFERROR(C17/D17, "*")</f>
+        <v>1</v>
+      </c>
+      <c r="F17" s="33">
+        <v>15</v>
+      </c>
+      <c r="G17" s="33">
+        <v>15</v>
+      </c>
+      <c r="H17" s="17">
+        <f>IFERROR(F17/G17, "*")</f>
+        <v>1</v>
+      </c>
+      <c r="I17" s="33">
+        <v>16</v>
+      </c>
+      <c r="J17" s="33">
+        <v>16</v>
+      </c>
+      <c r="K17" s="17">
+        <f>IFERROR(I17/J17, "*")</f>
+        <v>1</v>
+      </c>
+      <c r="L17" s="34">
+        <f>IF(OR(C17="*", H17="*", K17="*"), "N/A", AVERAGE(E17,H17,K17))</f>
+        <v>1</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A18" s="3"/>
+      <c r="B18" s="3"/>
+      <c r="C18" s="3"/>
+      <c r="D18" s="3"/>
+      <c r="E18" s="3"/>
+      <c r="F18" s="3"/>
+      <c r="G18" s="3"/>
+      <c r="H18" s="3"/>
+      <c r="I18" s="3"/>
+      <c r="J18" s="3"/>
+      <c r="K18" s="3"/>
+      <c r="L18" s="3"/>
+    </row>
+    <row r="19" spans="1:12" ht="19" x14ac:dyDescent="0.25">
+      <c r="A19" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="B19" s="3"/>
+      <c r="C19" s="3"/>
+      <c r="D19" s="3"/>
+      <c r="E19" s="3"/>
+      <c r="F19" s="3"/>
+      <c r="G19" s="3"/>
+      <c r="H19" s="3"/>
+      <c r="I19" s="3"/>
+      <c r="J19" s="3"/>
+      <c r="K19" s="3"/>
+      <c r="L19" s="3"/>
+    </row>
+    <row r="20" spans="1:12" ht="19" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="5"/>
+      <c r="B20" s="3"/>
+      <c r="C20" s="3"/>
+      <c r="D20" s="3"/>
+      <c r="E20" s="3"/>
+      <c r="F20" s="3"/>
+      <c r="G20" s="3"/>
+      <c r="H20" s="3"/>
+      <c r="I20" s="3"/>
+      <c r="J20" s="3"/>
+      <c r="K20" s="3"/>
+      <c r="L20" s="3"/>
+    </row>
+    <row r="21" spans="1:12" ht="38" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="26" t="s">
+        <v>20</v>
+      </c>
+      <c r="B21" s="21" t="s">
+        <v>0</v>
+      </c>
+      <c r="C21" s="27" t="s">
+        <v>30</v>
+      </c>
+      <c r="D21" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E21" s="28" t="s">
+        <v>31</v>
+      </c>
+      <c r="F21" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="G21" s="20" t="s">
+        <v>1</v>
+      </c>
+      <c r="H21" s="18" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A22" s="9">
+        <v>1</v>
+      </c>
+      <c r="B22" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="C22" s="10">
+        <v>12</v>
+      </c>
+      <c r="D22" s="10">
+        <v>12</v>
+      </c>
+      <c r="E22" s="17">
+        <f t="shared" ref="E22:E23" si="8">IFERROR(C22/D22, "*")</f>
+        <v>1</v>
+      </c>
+      <c r="F22" s="10">
+        <v>10</v>
+      </c>
+      <c r="G22" s="10">
+        <v>10</v>
+      </c>
+      <c r="H22" s="17">
+        <f t="shared" ref="H22:H23" si="9">IFERROR(F22/G22, "*")</f>
+        <v>1</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A23" s="11">
+        <v>2</v>
+      </c>
+      <c r="B23" s="8" t="s">
+        <v>42</v>
+      </c>
+      <c r="C23" s="12">
+        <v>19</v>
+      </c>
+      <c r="D23" s="12">
+        <v>19</v>
+      </c>
+      <c r="E23" s="17">
+        <f t="shared" si="8"/>
+        <v>1</v>
+      </c>
+      <c r="F23" s="12">
+        <v>15</v>
+      </c>
+      <c r="G23" s="12">
+        <v>15</v>
+      </c>
+      <c r="H23" s="17">
+        <f t="shared" si="9"/>
+        <v>1</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A24" s="38">
+        <v>2</v>
+      </c>
+      <c r="B24" s="37" t="s">
+        <v>43</v>
+      </c>
+      <c r="C24" s="33">
+        <v>19</v>
+      </c>
+      <c r="D24" s="33">
+        <v>19</v>
+      </c>
+      <c r="E24" s="17">
+        <f>IFERROR(C24/D24, "*")</f>
+        <v>1</v>
+      </c>
+      <c r="F24" s="33">
+        <v>12</v>
+      </c>
+      <c r="G24" s="33">
+        <v>15</v>
+      </c>
+      <c r="H24" s="17">
+        <f>IFERROR(F24/G24, "*")</f>
+        <v>0.8</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A25" s="3"/>
+      <c r="B25" s="3"/>
+      <c r="C25" s="3"/>
+      <c r="D25" s="3"/>
+      <c r="E25" s="3"/>
+      <c r="F25" s="3"/>
+      <c r="G25" s="3"/>
+      <c r="H25" s="3"/>
+      <c r="I25" s="3"/>
+      <c r="J25" s="3"/>
+      <c r="K25" s="3"/>
+      <c r="L25" s="3"/>
+    </row>
+    <row r="26" spans="1:12" ht="19" x14ac:dyDescent="0.25">
+      <c r="A26" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B26" s="3"/>
+      <c r="C26" s="3"/>
+      <c r="D26" s="3"/>
+      <c r="E26" s="3"/>
+      <c r="F26" s="3"/>
+      <c r="G26" s="3"/>
+      <c r="H26" s="3"/>
+      <c r="I26" s="3"/>
+      <c r="J26" s="3"/>
+      <c r="K26" s="3"/>
+      <c r="L26" s="3"/>
+    </row>
+    <row r="27" spans="1:12" ht="19" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="5"/>
+      <c r="B27" s="3"/>
+      <c r="C27" s="3"/>
+      <c r="D27" s="3"/>
+      <c r="E27" s="3"/>
+      <c r="F27" s="3"/>
+      <c r="G27" s="3"/>
+      <c r="H27" s="3"/>
+      <c r="I27" s="3"/>
+      <c r="J27" s="3"/>
+      <c r="K27" s="3"/>
+      <c r="L27" s="3"/>
+    </row>
+    <row r="28" spans="1:12" ht="48" x14ac:dyDescent="0.2">
+      <c r="A28" s="26" t="s">
+        <v>19</v>
+      </c>
+      <c r="B28" s="21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" s="27" t="s">
+        <v>32</v>
+      </c>
+      <c r="D28" s="27" t="s">
+        <v>30</v>
+      </c>
+      <c r="E28" s="28" t="s">
+        <v>33</v>
+      </c>
+      <c r="F28" s="19" t="s">
+        <v>7</v>
+      </c>
+      <c r="G28" s="20" t="s">
+        <v>5</v>
+      </c>
+      <c r="H28" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="I28" s="29" t="s">
+        <v>8</v>
+      </c>
+      <c r="J28" s="27" t="s">
+        <v>6</v>
+      </c>
+      <c r="K28" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="L28" s="18" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A29" s="9">
+        <v>1</v>
+      </c>
+      <c r="B29" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="C29" s="10">
+        <v>12</v>
+      </c>
+      <c r="D29" s="10">
+        <v>12</v>
+      </c>
+      <c r="E29" s="17">
+        <f t="shared" ref="E29:E30" si="10">IFERROR(C29/D29, "*")</f>
+        <v>1</v>
+      </c>
+      <c r="F29" s="10">
+        <v>9</v>
+      </c>
+      <c r="G29" s="10">
+        <v>10</v>
+      </c>
+      <c r="H29" s="17">
+        <f t="shared" ref="H29:H30" si="11">IFERROR(F29/G29, "*")</f>
+        <v>0.9</v>
+      </c>
+      <c r="I29" s="10">
+        <v>11</v>
+      </c>
+      <c r="J29" s="10">
+        <v>11</v>
+      </c>
+      <c r="K29" s="17">
+        <f t="shared" ref="K29:K30" si="12">IFERROR(I29/J29, "*")</f>
+        <v>1</v>
+      </c>
+      <c r="L29" s="16">
+        <f t="shared" ref="L29:L30" si="13">IF(OR(C29="*", H29="*", K29="*"), "N/A", AVERAGE(E29,H29,K29))</f>
+        <v>0.96666666666666667</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A30" s="11">
+        <v>2</v>
+      </c>
+      <c r="B30" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="C30" s="12">
+        <v>19</v>
+      </c>
+      <c r="D30" s="12">
+        <v>19</v>
+      </c>
+      <c r="E30" s="17">
+        <f t="shared" si="10"/>
+        <v>1</v>
+      </c>
+      <c r="F30" s="12">
+        <v>15</v>
+      </c>
+      <c r="G30" s="12">
+        <v>15</v>
+      </c>
+      <c r="H30" s="17">
+        <f t="shared" si="11"/>
+        <v>1</v>
+      </c>
+      <c r="I30" s="12">
+        <v>16</v>
+      </c>
+      <c r="J30" s="12">
+        <v>16</v>
+      </c>
+      <c r="K30" s="17">
+        <f t="shared" si="12"/>
+        <v>1</v>
+      </c>
+      <c r="L30" s="13">
+        <f t="shared" si="13"/>
+        <v>1</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A31" s="38">
+        <v>2</v>
+      </c>
+      <c r="B31" s="37" t="s">
         <v>40</v>
       </c>
-      <c r="B1" s="112"/>
-[...19 lines deleted...]
-      <c r="V1" s="1"/>
+      <c r="C31" s="33">
+        <v>19</v>
+      </c>
+      <c r="D31" s="33">
+        <v>19</v>
+      </c>
+      <c r="E31" s="17">
+        <f>IFERROR(C31/D31, "*")</f>
+        <v>1</v>
+      </c>
+      <c r="F31" s="33">
+        <v>12</v>
+      </c>
+      <c r="G31" s="33">
+        <v>12</v>
+      </c>
+      <c r="H31" s="17">
+        <f>IFERROR(F31/G31, "*")</f>
+        <v>1</v>
+      </c>
+      <c r="I31" s="33">
+        <v>10</v>
+      </c>
+      <c r="J31" s="33">
+        <v>10</v>
+      </c>
+      <c r="K31" s="17">
+        <f>IFERROR(I31/J31, "*")</f>
+        <v>1</v>
+      </c>
+      <c r="L31" s="34">
+        <f>IF(OR(C31="*", H31="*", K31="*"), "N/A", AVERAGE(E31,H31,K31))</f>
+        <v>1</v>
+      </c>
     </row>
-    <row r="2" spans="1:22" ht="19" x14ac:dyDescent="0.2">
-[...1311 lines deleted...]
-      </c>
+    <row r="33" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A33" s="2"/>
     </row>
   </sheetData>
-  <dataValidations count="3">
-[...2 lines deleted...]
-      <formula1>"Abdomen-Extended, Obstetrics &amp; Gynecology, Vascular, Adult Cardiac, Pediatric Cardiac, Breast, Musculoskeletal"</formula1>
+  <phoneticPr fontId="1" type="noConversion"/>
+  <dataValidations count="2">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B29:B31" xr:uid="{2A9F2327-E22E-4BF1-9A4C-6C0A1654A5BA}">
+      <formula1>"Select One, ABDOMEN-EXT – RDMS(AB) or RT(S), OB/GYN – RDMS(OB/GYN) or RT(S), VASCULAR – RVT(VT) or RVS or RT(VS), ADULT CARDIAC – RDCS(AE) or RCS, PEDIATRIC CARDIAC – RDCS(PE) or RCCS, BREAST – RDMS(BR) or RT(BS), MUSCULOSKELETAL – RDMS(RMSKS)(RMSK)"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B32:D37" xr:uid="{2FF13D52-D1EF-40F9-8397-CC0A4912A066}">
-      <formula1>"RDMS(AB),RDMS(AB) or RT(S),RDMS(OB/GYN),RDMS(OBGYN) or RT(S),RT(S), RDCS(AE) or RCS, RVT(VT) or RVS, RDCS(PE) or RCCS,RDMS(BR), RMSK, RMSKS"</formula1>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B22:B27" xr:uid="{B60342D4-8A31-4075-B799-74389E266E72}">
+      <formula1>"Select One, ABDOMEN-EXTENDED, OBSTETRICS &amp; GYNECOLOGY, VASCULAR, ADULT CARDIAC, PEDIATRIC CARDIAC, BREAST, MUSCULOSKELETAL"</formula1>
     </dataValidation>
   </dataValidations>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageMargins left="0.15" right="0.15" top="0.15" bottom="0.15" header="0" footer="0"/>
   <pageSetup scale="59" orientation="landscape" r:id="rId1"/>
+  <tableParts count="9">
+    <tablePart r:id="rId2"/>
+    <tablePart r:id="rId3"/>
+    <tablePart r:id="rId4"/>
+    <tablePart r:id="rId5"/>
+    <tablePart r:id="rId6"/>
+    <tablePart r:id="rId7"/>
+    <tablePart r:id="rId8"/>
+    <tablePart r:id="rId9"/>
+    <tablePart r:id="rId10"/>
+  </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Sheet1</vt:lpstr>
+      <vt:lpstr>Outcomes</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Hillsborough Community College</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Irwin, George</dc:creator>
+  <dc:title>DMS Program Effectiveness</dc:title>
+  <dc:creator>Jeremy Kempner</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...24 lines deleted...]
-</file>